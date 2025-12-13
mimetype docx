--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -1,116 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
-[...19 lines deleted...]
-  <Override PartName="/word/activeX/activeX21.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="4479"/>
         <w:gridCol w:w="4026"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A7435">
+      <w:tr w:rsidR="002A7435" w14:paraId="40587D8B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="002A7435" w:rsidRDefault="005F713C" w:rsidP="00096BDD">
+          <w:p w14:paraId="47CBB011" w14:textId="77777777" w:rsidR="002A7435" w:rsidRDefault="005F713C" w:rsidP="00096BDD">
             <w:pPr>
               <w:pStyle w:val="Vordruck8"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="de-CH"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BE5A3A3" wp14:editId="33C39B47">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>5715</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="page">
                         <wp:posOffset>146685</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2514600" cy="1143000"/>
                       <wp:effectExtent l="1270" t="0" r="0" b="1905"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Text Box 2"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2514600" cy="1143000"/>
                               </a:xfrm>
@@ -121,438 +99,437 @@
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                               <a:extLst>
                                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:solidFill>
                                       <a:srgbClr val="FFFFFF"/>
                                     </a:solidFill>
                                   </a14:hiddenFill>
                                 </a:ext>
                                 <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                   <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                     <a:solidFill>
                                       <a:srgbClr val="000000"/>
                                     </a:solidFill>
                                     <a:miter lim="800000"/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                                <w:p w14:paraId="1D1C65EF" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>Sozialamt</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                                <w:p w14:paraId="657F452F" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>Dorfplatz 6</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                                <w:p w14:paraId="5E8E013A" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>6354 Vitznau</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                                <w:p w14:paraId="08D1F028" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>Tel. 041 399 02 26</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00A856E8" w:rsidRPr="00B3111C" w:rsidRDefault="00A856E8">
+                                <w:p w14:paraId="78F6D916" w14:textId="666C4F32" w:rsidR="00A856E8" w:rsidRPr="00B3111C" w:rsidRDefault="00A856E8">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00B3111C">
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
-                                    <w:t>gemeindeverwaltung@vitznau.lu.ch</w:t>
+                                    <w:t>gemeindeverwaltung@vitznau.ch</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                                <w:p w14:paraId="30F327CA" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>www.vitznau.ch</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:shapetype w14:anchorId="7BE5A3A3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:.45pt;margin-top:11.55pt;width:198pt;height:90pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6B/OOrQIAAKoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVO1umzAU/T9p72D5P+WjJA2opGpDmCZ1&#10;H1K7B3CMCdbAZrYT6Kq9+65NSNJOk6Zt/EDX9vW5H+f4Xt8MbYP2TGkuRYbDiwAjJqgsudhm+Mtj&#10;4S0w0oaIkjRSsAw/MY1vlm/fXPddyiJZy6ZkCgGI0GnfZbg2pkt9X9OatURfyI4JOKykaomBpdr6&#10;pSI9oLeNHwXB3O+lKjslKdMadvPxEC8dflUxaj5VlWYGNRmG3Iz7K/ff2L+/vCbpVpGu5vSQBvmL&#10;LFrCBQQ9QuXEELRT/BeollMltazMBZWtL6uKU+ZqgGrC4FU1DzXpmKsFmqO7Y5v0/4OlH/efFeIl&#10;cIeRIC1Q9MgGg+7kgCLbnb7TKTg9dOBmBti2nrZS3d1L+lUjIVc1EVt2q5Tsa0ZKyC60N/2zqyOO&#10;tiCb/oMsIQzZGemAhkq1FhCagQAdWHo6MmNTobAZzcJ4HsARhbMwjC8DWNgYJJ2ud0qbd0y2yBoZ&#10;VkC9gyf7e21G18nFRhOy4E0D+yRtxIsNwBx3IDhctWc2DcfmcxIk68V6EXtxNF97cZDn3m2xir15&#10;EV7N8st8tcrDHzZuGKc1L0smbJhJWWH8Z8wdND5q4qgtLRteWjibklbbzapRaE9A2YX7Dg05c/Nf&#10;puH6BbW8KimM4uAuSrxivrjy4iKeeclVsPCCMLlL5kGcxHnxsqR7Lti/l4T6DCezaDaq6be1AdMn&#10;ss9qI2nLDcyOhrcZXhydSGo1uBalo9YQ3oz2WSts+qdWAN0T0U6xVqSjXM2wGQDFyngjyyfQrpKg&#10;LFAhDDwwaqm+Y9TD8Miw/rYjimHUvBegfztpJkNNxmYyiKBwNcMGo9FcmXEi7TrFtzUgjy9MyFt4&#10;IxV36j1lcXhZMBBcEYfhZSfO+dp5nUbs8icAAAD//wMAUEsDBBQABgAIAAAAIQBCCSV92wAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtUjcqNNWikiIU1UITkgVaXrg6MTbxGq8&#10;DrHbpn/PcoLjvhnNvmIzu0FccArWk4LlIgGB1HpjqVNwqN+fnkGEqMnowRMquGGATXl/V+jc+CtV&#10;eNnHTvAIhVwr6GMccylD26PTYeFHJM6OfnI68jl10kz6yuNukKskSaXTlvhDr0d87bE97c9OwfaL&#10;qjf7vWs+q2Nl6zpL6CM9KfX4MG9fQESc418ZfvVZHUp2avyZTBCDgox7ClbrJQhO11nKoGGQMJFl&#10;If/7lz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAegfzjq0CAACqBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQgklfdsAAAAHAQAADwAAAAAA&#10;AAAAAAAAAAAHBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:.45pt;margin-top:11.55pt;width:198pt;height:90pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCx1Y+R1AEAAJIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv1DAMfkfiP0R559oeY0LV9aaxaQhp&#10;wKSxH5Cm6TWijYOdu/b49Tjp9cbgDfESObbz2d9nZ3M1Db04GCQLrpLFKpfCOA2NdbtKPn27e/Ne&#10;CgrKNaoHZyp5NCSvtq9fbUZfmjV00DcGBYM4KkdfyS4EX2YZ6c4MilbgjeNgCziowFfcZQ2qkdGH&#10;Plvn+WU2AjYeQRsi9t7OQblN+G1rdPjatmSC6CvJvYV0YjrreGbbjSp3qHxn9akN9Q9dDMo6LnqG&#10;ulVBiT3av6AGqxEI2rDSMGTQtlabxIHZFPkfbB475U3iwuKQP8tE/w9Wfzk8+gcUYfoAEw8wkSB/&#10;D/o7CQc3nXI7c40IY2dUw4WLKFk2eipPT6PUVFIEqcfP0PCQ1T5AAppaHKIqzFMwOg/geBbdTEFo&#10;dq7fFReXOYc0x4ri4m3Ol1hDlctzjxQ+GhhENCqJPNUErw73FObUJSVWc3Bn+z5NtncvHIwZPan9&#10;2PHce5jqibMjjRqaIxNBmBeFF5uNDvCnFCMvSSXpx16hkaL/5FiMuFGLgYtRL4Zymp9WMkgxmzdh&#10;3ry9R7vrGHmW28E1C9baROW5i1OfPPgkxmlJ42b9fk9Zz19p+wsAAP//AwBQSwMEFAAGAAgAAAAh&#10;AEIJJX3bAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyo01aKSIhTVQhO&#10;SBVpeuDoxNvEarwOsdumf89yguO+Gc2+YjO7QVxwCtaTguUiAYHUemOpU3Co35+eQYSoyejBEyq4&#10;YYBNeX9X6Nz4K1V42cdO8AiFXCvoYxxzKUPbo9Nh4Uckzo5+cjryOXXSTPrK426QqyRJpdOW+EOv&#10;R3ztsT3tz07B9ouqN/u9az6rY2XrOkvoIz0p9fgwb19ARJzjXxl+9VkdSnZq/JlMEIOCjHsKVusl&#10;CE7XWcqgYZAwkWUh//uXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCx1Y+R1AEAAJID&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBCCSV92wAA&#10;AAcBAAAPAAAAAAAAAAAAAAAAAC4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" filled="f" stroked="f">
                       <v:textbox inset="0,0,0,0">
                         <w:txbxContent>
-                          <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                          <w:p w14:paraId="1D1C65EF" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>Sozialamt</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                          <w:p w14:paraId="657F452F" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>Dorfplatz 6</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                          <w:p w14:paraId="5E8E013A" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>6354 Vitznau</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                          <w:p w14:paraId="08D1F028" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>Tel. 041 399 02 26</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00A856E8" w:rsidRPr="00B3111C" w:rsidRDefault="00A856E8">
+                          <w:p w14:paraId="78F6D916" w14:textId="666C4F32" w:rsidR="00A856E8" w:rsidRPr="00B3111C" w:rsidRDefault="00A856E8">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B3111C">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>gemeindeverwaltung@vitznau.lu.ch</w:t>
+                              <w:t>gemeindeverwaltung@vitznau.ch</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+                          <w:p w14:paraId="30F327CA" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>www.vitznau.ch</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="page" anchory="page"/>
                       <w10:anchorlock/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4026" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
+          <w:p w14:paraId="6C2E466D" w14:textId="77777777" w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
             <w:pPr>
               <w:pStyle w:val="StandardFett"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
+          <w:p w14:paraId="4650C406" w14:textId="77777777" w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
             <w:pPr>
               <w:pStyle w:val="StandardFett"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
+          <w:p w14:paraId="237D00E9" w14:textId="77777777" w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
             <w:pPr>
               <w:pStyle w:val="StandardFett"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
+          <w:p w14:paraId="0D989F3F" w14:textId="77777777" w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
             <w:pPr>
               <w:pStyle w:val="StandardFett"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
+          <w:p w14:paraId="3321FAFF" w14:textId="77777777" w:rsidR="00210CFB" w:rsidRDefault="00210CFB">
             <w:pPr>
               <w:pStyle w:val="StandardFett"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002A7435" w:rsidRPr="00210CFB" w:rsidRDefault="002A7435">
+          <w:p w14:paraId="39A6CA93" w14:textId="77777777" w:rsidR="002A7435" w:rsidRPr="00210CFB" w:rsidRDefault="002A7435">
             <w:pPr>
               <w:pStyle w:val="StandardFett"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00210CFB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
             <w:r w:rsidRPr="00210CFB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00210CFB">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dieses Formular ist durch </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A7435" w:rsidRDefault="002A7435" w:rsidP="00542BC5">
+          <w:p w14:paraId="4EB63D3F" w14:textId="77777777" w:rsidR="002A7435" w:rsidRDefault="002A7435" w:rsidP="00542BC5">
             <w:pPr>
               <w:pStyle w:val="StandardFett"/>
             </w:pPr>
             <w:r w:rsidRPr="00210CFB">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     die </w:t>
             </w:r>
             <w:r w:rsidR="00542BC5" w:rsidRPr="00210CFB">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kindertagesstätte</w:t>
             </w:r>
             <w:r w:rsidRPr="00210CFB">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> auszufüllen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7435">
+      <w:tr w:rsidR="002A7435" w14:paraId="7CABD8CB" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5330" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="002A7435" w:rsidRDefault="002A7435">
+          <w:p w14:paraId="1DD5074E" w14:textId="77777777" w:rsidR="002A7435" w:rsidRDefault="002A7435">
             <w:pPr>
               <w:pStyle w:val="Vordruck8"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4026" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002A7435" w:rsidRDefault="002A7435"/>
+          <w:p w14:paraId="1085EB98" w14:textId="77777777" w:rsidR="002A7435" w:rsidRDefault="002A7435"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A7435" w:rsidRPr="004D31B9">
+      <w:tr w:rsidR="002A7435" w:rsidRPr="004D31B9" w14:paraId="597A625F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="740"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A7435" w:rsidRDefault="002A7435">
+          <w:p w14:paraId="67A8D4E3" w14:textId="77777777" w:rsidR="002A7435" w:rsidRDefault="002A7435">
             <w:pPr>
               <w:pStyle w:val="Vordruck8"/>
               <w:rPr>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A7435" w:rsidRPr="004D31B9" w:rsidRDefault="002A7435" w:rsidP="00096BDD">
+          <w:p w14:paraId="52FBED18" w14:textId="77777777" w:rsidR="002A7435" w:rsidRPr="004D31B9" w:rsidRDefault="002A7435" w:rsidP="00096BDD">
             <w:pPr>
               <w:pStyle w:val="Vordruck8"/>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4026" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002A7435" w:rsidRPr="004D31B9" w:rsidRDefault="002A7435"/>
+          <w:p w14:paraId="25C38963" w14:textId="77777777" w:rsidR="002A7435" w:rsidRPr="004D31B9" w:rsidRDefault="002A7435"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A7435" w:rsidRPr="004D31B9" w:rsidRDefault="00A90811">
+    <w:p w14:paraId="471CB452" w14:textId="77777777" w:rsidR="002A7435" w:rsidRPr="004D31B9" w:rsidRDefault="00A90811">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:noProof/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7228BE65" wp14:editId="201D0D19">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2096</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1732551</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2531644" cy="599704"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Grafik 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Gemeindelogo-Vitznau_CMYK.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -564,72 +541,72 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2595936" cy="614934"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B5AED" w:rsidRDefault="002B5AED" w:rsidP="002A7435">
+    <w:p w14:paraId="333E9784" w14:textId="77777777" w:rsidR="002B5AED" w:rsidRDefault="002B5AED" w:rsidP="002A7435">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="BkmBetreff"/>
+      <w:bookmarkStart w:id="0" w:name="BkmBetreff"/>
     </w:p>
-    <w:p w:rsidR="002A7435" w:rsidRPr="007F6EC5" w:rsidRDefault="002A7435" w:rsidP="002A7435">
+    <w:p w14:paraId="034761BF" w14:textId="77777777" w:rsidR="002A7435" w:rsidRPr="007F6EC5" w:rsidRDefault="002A7435" w:rsidP="002A7435">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A7435" w:rsidRPr="007F6EC5" w:rsidRDefault="002A7435" w:rsidP="002A7435">
+    <w:p w14:paraId="647D981A" w14:textId="77777777" w:rsidR="002A7435" w:rsidRPr="007F6EC5" w:rsidRDefault="002A7435" w:rsidP="002A7435">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Bestätigung ist vollständig ausgefüllt, gut leserlich und unterschrieben mit dem Antragsformular für Betreuungsgutscheine an </w:t>
       </w:r>
       <w:r w:rsidR="00A77AD8" w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">die </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -637,90 +614,90 @@
         </w:rPr>
         <w:t xml:space="preserve">Gemeinde </w:t>
       </w:r>
       <w:r w:rsidR="00FE5817">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vitznau</w:t>
       </w:r>
       <w:r w:rsidR="00210CFB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, Sozialamt</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> zu senden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A77AD8" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
+    <w:p w14:paraId="414114BC" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA68B7" w:rsidRPr="00AC04EC" w:rsidRDefault="00CA68B7" w:rsidP="00A77AD8">
+    <w:p w14:paraId="78C5415E" w14:textId="77777777" w:rsidR="00CA68B7" w:rsidRPr="00AC04EC" w:rsidRDefault="00CA68B7" w:rsidP="00A77AD8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A77AD8" w:rsidRPr="00210CFB" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
+    <w:p w14:paraId="4269A185" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00210CFB" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00210CFB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personalien der Erziehungsberechtigten, welche im gleichen Haushalt leben</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A77AD8" w:rsidRPr="006C2AEF" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
+    <w:p w14:paraId="69663438" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="006C2AEF" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2AEF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Wenn ein betreutes Kind nur mit einem Elternteil zusammenwohnt und im </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2AEF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -734,675 +711,649 @@
       <w:r w:rsidRPr="006C2AEF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> auch die Partnerin oder der Partner dieses Elternteils lebt, so ist dies anzugeben.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1814"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3771"/>
+        <w:gridCol w:w="1818"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3769"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w:rsidTr="00312D89">
+      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w14:paraId="71A7BAF5" w14:textId="77777777" w:rsidTr="00312D89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="10EE3E6F" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00312D89">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="1EDDE5FE" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00312D89">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Person 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3703" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="41CD078E" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00312D89">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Person 2      </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w:rsidTr="00312D89">
+      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w14:paraId="629B2445" w14:textId="77777777" w:rsidTr="00312D89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="4ABC4A2E" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="3476A63F" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
+              <w:pict w14:anchorId="158C3AD9">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:177.65pt;height:18.25pt" o:ole="">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:177.75pt;height:18pt">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId10" w:name="TextBox1" w:shapeid="_x0000_i1026"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="46D48911" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:177.65pt;height:18.25pt" o:ole="">
+              <w:pict w14:anchorId="3FBA443D">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:177.75pt;height:18pt">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId11" w:name="TextBox14" w:shapeid="_x0000_i1028"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w:rsidTr="00312D89">
+      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w14:paraId="7D48319F" w14:textId="77777777" w:rsidTr="00312D89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="74CB55C3" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vorname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="37A60CDB" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:177.65pt;height:18.25pt" o:ole="">
+              <w:pict w14:anchorId="67D8B4D8">
+                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:177.75pt;height:18pt">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId12" w:name="TextBox2" w:shapeid="_x0000_i1030"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="78480080" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:177.65pt;height:18.25pt" o:ole="">
+              <w:pict w14:anchorId="7F9EB6C1">
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:177.75pt;height:18pt">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId13" w:name="TextBox15" w:shapeid="_x0000_i1032"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w:rsidTr="00312D89">
+      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w14:paraId="7AECB556" w14:textId="77777777" w:rsidTr="00312D89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="55A49C2B" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Geburtsdatum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="2707FDC2" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-                <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:177.65pt;height:18.25pt" o:ole="">
+              <w:pict w14:anchorId="06D606B9">
+                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:177.75pt;height:18pt">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId14" w:name="TextBox11" w:shapeid="_x0000_i1034"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="789EB0AC" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:177.65pt;height:18.25pt" o:ole="">
+              <w:pict w14:anchorId="5BCC9D61">
+                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:177.75pt;height:18pt">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId15" w:name="TextBox16" w:shapeid="_x0000_i1036"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w:rsidTr="00312D89">
+      <w:tr w:rsidR="00A77AD8" w:rsidRPr="00AC04EC" w14:paraId="6159D9D6" w14:textId="77777777" w:rsidTr="00312D89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="65F59203" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Adresse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="18EF5AFA" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-                <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:177.65pt;height:18.25pt" o:ole="">
+              <w:pict w14:anchorId="53BE7897">
+                <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:177.75pt;height:18pt">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId16" w:name="TextBox12" w:shapeid="_x0000_i1038"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="3181F326" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00312D89">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="59DA6DD4" w14:textId="77777777" w:rsidTr="00312D89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="4F06C933" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PLZ/Ort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="526176ED" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-                <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:177.65pt;height:18.25pt" o:ole="">
+              <w:pict w14:anchorId="4D251757">
+                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:177.75pt;height:18pt">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId17" w:name="TextBox13" w:shapeid="_x0000_i1040"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
+          </w:tcPr>
+          <w:p w14:paraId="001C544B" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00312D89" w:rsidRDefault="00A77AD8" w:rsidP="00B0179D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
+    <w:p w14:paraId="2BB43AC8" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
+    <w:p w14:paraId="3C3FC793" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
+    <w:p w14:paraId="75D81FBA" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="right" w:pos="4253"/>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="5954"/>
           <w:tab w:val="right" w:pos="9214"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Betreuungsumfang in Kindertagesstätte   </w:t>
       </w:r>
@@ -1418,2295 +1369,2292 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1098"/>
         <w:gridCol w:w="1099"/>
         <w:gridCol w:w="1098"/>
         <w:gridCol w:w="1099"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00AA3E2A">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="1F203C9C" w14:textId="77777777" w:rsidTr="00AA3E2A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="7F460DCA" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00AA3E2A">
+          </w:tcPr>
+          <w:p w14:paraId="3D8BFBE3" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00AA3E2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId18" o:title=""/>
+              <w:pict w14:anchorId="22FD4052">
+                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:165pt;height:18pt">
+                  <v:imagedata r:id="rId10" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId19" w:name="TextBox3" w:shapeid="_x0000_i1042"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="3E4B16E5" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Montag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="61BA2A74" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Kontrollkästchen1"/>
+            <w:bookmarkStart w:id="1" w:name="Kontrollkästchen1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="3DFB871F" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Kontrollkästchen2"/>
+            <w:bookmarkStart w:id="2" w:name="Kontrollkästchen2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="757B8813" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Kontrollkästchen3"/>
+            <w:bookmarkStart w:id="3" w:name="Kontrollkästchen3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00AA3E2A">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="1F951264" w14:textId="77777777" w:rsidTr="00AA3E2A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="32C20251" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vorname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00AA3E2A">
+          </w:tcPr>
+          <w:p w14:paraId="57DFA881" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00AA3E2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId18" o:title=""/>
+              <w:pict w14:anchorId="689949DA">
+                <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:165pt;height:18pt">
+                  <v:imagedata r:id="rId10" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId20" w:name="TextBox31" w:shapeid="_x0000_i1044"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="3A5036DA" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Dienstag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="325528CE" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Kontrollkästchen4"/>
+            <w:bookmarkStart w:id="4" w:name="Kontrollkästchen4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="080B37FD" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Kontrollkästchen5"/>
+            <w:bookmarkStart w:id="5" w:name="Kontrollkästchen5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="316F8D86" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Kontrollkästchen6"/>
+            <w:bookmarkStart w:id="6" w:name="Kontrollkästchen6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00AA3E2A">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="1CC15A8E" w14:textId="77777777" w:rsidTr="00AA3E2A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="34EF4F76" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Geburts</w:t>
             </w:r>
             <w:r w:rsidR="00AA3E2A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00AA3E2A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>datum</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00AA3E2A">
+          </w:tcPr>
+          <w:p w14:paraId="5BC82022" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00AA3E2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId21" o:title=""/>
+              <w:pict w14:anchorId="5BB315A6">
+                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:44.25pt;height:18pt">
+                  <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId22" w:name="TextBox4" w:shapeid="_x0000_i1046"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="27859005" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Betre</w:t>
+              <w:t xml:space="preserve">Betreuung </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3E2A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>u</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>ab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00AA3E2A">
+          </w:tcPr>
+          <w:p w14:paraId="49F2D739" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00AA3E2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId23" o:title=""/>
+              <w:pict w14:anchorId="005258E6">
+                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:45pt;height:18pt">
+                  <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId24" w:name="TextBox41" w:shapeid="_x0000_i1048"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="04378385" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Mittwoch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="60BD48AD" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Kontrollkästchen7"/>
+            <w:bookmarkStart w:id="7" w:name="Kontrollkästchen7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="5899FA00" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Kontrollkästchen8"/>
+            <w:bookmarkStart w:id="8" w:name="Kontrollkästchen8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="2618B415" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Kontrollkästchen9"/>
+            <w:bookmarkStart w:id="9" w:name="Kontrollkästchen9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00AA3E2A">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="76824CAD" w14:textId="77777777" w:rsidTr="00AA3E2A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="40BBB3A8" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ganztagestarif Baby (bis 18 Mt.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00AA3E2A">
+          </w:tcPr>
+          <w:p w14:paraId="7BE8051A" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00AA3E2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId23" o:title=""/>
+              <w:pict w14:anchorId="72292FFE">
+                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:45pt;height:18pt">
+                  <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId25" w:name="TextBox411" w:shapeid="_x0000_i1050"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="0F18A4D1" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Donner</w:t>
-[...13 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t>Donnerstag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="3F77AED5" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Kontrollkästchen10"/>
+            <w:bookmarkStart w:id="10" w:name="Kontrollkästchen10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="6D7AF11A" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Kontrollkästchen11"/>
+            <w:bookmarkStart w:id="11" w:name="Kontrollkästchen11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="2080567A" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Kontrollkästchen12"/>
+            <w:bookmarkStart w:id="12" w:name="Kontrollkästchen12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00AA3E2A">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="4F5074F2" w14:textId="77777777" w:rsidTr="00AA3E2A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="7FC47830" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ganztagestarif Kleinkind (ab 18 Mt.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00AA3E2A">
+          </w:tcPr>
+          <w:p w14:paraId="2F43C6A5" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00AA3E2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId23" o:title=""/>
+              <w:pict w14:anchorId="31230535">
+                <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:45pt;height:18pt">
+                  <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId26" w:name="TextBox412" w:shapeid="_x0000_i1052"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="56286F7F" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Freitag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="684A46E2" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Kontrollkästchen13"/>
+            <w:bookmarkStart w:id="13" w:name="Kontrollkästchen13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="048E2D96" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Kontrollkästchen14"/>
+            <w:bookmarkStart w:id="14" w:name="Kontrollkästchen14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="5D779308" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Kontrollkästchen15"/>
+            <w:bookmarkStart w:id="15" w:name="Kontrollkästchen15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidR="007F6EC5" w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="00A856E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidRDefault="007F6EC5" w:rsidP="00A77AD8">
+    <w:p w14:paraId="5CA335FD" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidRDefault="007F6EC5" w:rsidP="00A77AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6096"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="-482"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1098"/>
         <w:gridCol w:w="1099"/>
         <w:gridCol w:w="1098"/>
         <w:gridCol w:w="1099"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w:rsidTr="00274807">
+      <w:tr w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w14:paraId="15821450" w14:textId="77777777" w:rsidTr="00274807">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="7C5B0F16" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="4C5EB993" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId18" o:title=""/>
+              <w:pict w14:anchorId="278B93B4">
+                <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:165pt;height:18pt">
+                  <v:imagedata r:id="rId10" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId27" w:name="TextBox32" w:shapeid="_x0000_i1054"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="69021C88" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Montag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="110D8F56" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3728,76 +3676,85 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="5040885E" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3819,84 +3776,77 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="56BC6BD8" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3918,180 +3868,185 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w:rsidTr="00274807">
+      <w:tr w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w14:paraId="56E032B4" w14:textId="77777777" w:rsidTr="00274807">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="3A52088B" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vorname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="781EA146" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId18" o:title=""/>
+              <w:pict w14:anchorId="30AE24E0">
+                <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:165pt;height:18pt">
+                  <v:imagedata r:id="rId10" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId28" w:name="TextBox311" w:shapeid="_x0000_i1056"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="4A1DE008" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Dienstag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="7728786E" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4113,76 +4068,85 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="66A118E2" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4204,84 +4168,77 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="4D4478EE" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4303,299 +4260,285 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A96901" w:rsidRPr="007F6EC5" w:rsidTr="00274807">
+      <w:tr w:rsidR="00A96901" w:rsidRPr="007F6EC5" w14:paraId="6A86F353" w14:textId="77777777" w:rsidTr="00274807">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="720600F9" w14:textId="77777777" w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Geburts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>datum</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="6B604BA3" w14:textId="77777777" w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId21" o:title=""/>
+              <w:pict w14:anchorId="23C97FF7">
+                <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:44.25pt;height:18pt">
+                  <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId29" w:name="TextBox42" w:shapeid="_x0000_i1058"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="68429DBB" w14:textId="77777777" w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Betre</w:t>
+              <w:t xml:space="preserve">Betreuung </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>u</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>ab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="005B3089">
+          </w:tcPr>
+          <w:p w14:paraId="5EA9EFF7" w14:textId="77777777" w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="005B3089">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId23" o:title=""/>
+              <w:pict w14:anchorId="043EF15D">
+                <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:45pt;height:18pt">
+                  <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId30" w:name="TextBox413" w:shapeid="_x0000_i1060"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="005B3089">
+          </w:tcPr>
+          <w:p w14:paraId="3867B930" w14:textId="77777777" w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="005B3089">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Mittwoch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00A96901">
+          </w:tcPr>
+          <w:p w14:paraId="7E3833D6" w14:textId="77777777" w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00A96901">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4617,76 +4560,85 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="4D298AEF" w14:textId="77777777" w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4708,84 +4660,77 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00A96901">
+          </w:tcPr>
+          <w:p w14:paraId="4DC3C5C5" w14:textId="77777777" w:rsidR="00A96901" w:rsidRPr="00312D89" w:rsidRDefault="00A96901" w:rsidP="00A96901">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4807,194 +4752,185 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w:rsidTr="00274807">
+      <w:tr w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w14:paraId="069555F1" w14:textId="77777777" w:rsidTr="00274807">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="5631B269" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ganztagestarif Baby (bis 18 Mt.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="4B963844" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId23" o:title=""/>
+              <w:pict w14:anchorId="7DBE2CF6">
+                <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:45pt;height:18pt">
+                  <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId31" w:name="TextBox4111" w:shapeid="_x0000_i1062"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="5CF9658A" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Donner</w:t>
-[...13 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t>Donnerstag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="66B93AFE" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5016,76 +4952,85 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="6B1916A3" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5107,84 +5052,77 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="3C86486D" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5206,180 +5144,185 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w:rsidTr="00274807">
+      <w:tr w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w14:paraId="44F26722" w14:textId="77777777" w:rsidTr="00274807">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="2A0EB7F3" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ganztagestarif Kleinkind (ab 18 Mt.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="11B39E00" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId23" o:title=""/>
+              <w:pict w14:anchorId="03CFD1B5">
+                <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:45pt;height:18pt">
+                  <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId32" w:name="TextBox4121" w:shapeid="_x0000_i1064"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
+          </w:tcPr>
+          <w:p w14:paraId="32C12CBC" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00274807">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Freitag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="37DDEDC2" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5401,76 +5344,85 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="57F6ED90" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5492,84 +5444,77 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mi</w:t>
-[...15 lines deleted...]
-              <w:t>tag</w:t>
+              <w:t xml:space="preserve"> Mittag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
+          </w:tcPr>
+          <w:p w14:paraId="37048F18" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00312D89" w:rsidRDefault="00A856E8" w:rsidP="00A856E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5591,374 +5536,367 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A77AD8" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
+    <w:p w14:paraId="226B4DE8" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRDefault="00A77AD8" w:rsidP="00A77AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6096"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="-482"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B0179D" w:rsidRPr="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00A77AD8">
+    <w:p w14:paraId="09988CDC" w14:textId="77777777" w:rsidR="00B0179D" w:rsidRPr="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00A77AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6096"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="-482"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A856E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>VM: Vormittag</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A856E8" w:rsidRPr="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00A77AD8">
+    <w:p w14:paraId="3C6083A7" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00A77AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6096"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="-482"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A856E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>NM: Nachmittag</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B0179D" w:rsidRDefault="00B0179D" w:rsidP="00A77AD8">
+    <w:p w14:paraId="5DA76C31" w14:textId="77777777" w:rsidR="00B0179D" w:rsidRDefault="00B0179D" w:rsidP="00A77AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6096"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="-482"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A856E8" w:rsidP="00A77AD8">
+    <w:p w14:paraId="7AEE7B6C" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A856E8" w:rsidP="00A77AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="right" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6096"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="-482"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
+    <w:p w14:paraId="2A01E675" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="right" w:pos="4253"/>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="5954"/>
           <w:tab w:val="right" w:pos="9214"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F332C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Auszahlung</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Die Betreuungsgutscheine werden grundsätzlich an die Erziehungsberechtigten ausbezahlt. Eine direkte Übe</w:t>
-[...15 lines deleted...]
-        <w:t>weisung an die Kindertagesstätte erfolgt nur in begründeten Ausnahm</w:t>
+        <w:t>Die Betreuungsgutscheine werden grundsätzlich an die Erziehungsberechtigten ausbezahlt. Eine direkte Überweisung an die Kindertagesstätte erfolgt nur in begründeten Ausnahm</w:t>
       </w:r>
       <w:r w:rsidR="007F6EC5" w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>fällen.</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1340"/>
-        <w:gridCol w:w="7896"/>
+        <w:gridCol w:w="1343"/>
+        <w:gridCol w:w="7893"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00312D89">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="1093A85E" w14:textId="77777777" w:rsidTr="00312D89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="25F2D2AC" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRDefault="007F6EC5" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Begründung:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B0179D" w:rsidRDefault="00B0179D" w:rsidP="00312D89">
+          <w:p w14:paraId="6F88E4DA" w14:textId="77777777" w:rsidR="00B0179D" w:rsidRDefault="00B0179D" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B0179D" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
+          <w:p w14:paraId="71C06D43" w14:textId="77777777" w:rsidR="00B0179D" w:rsidRPr="00312D89" w:rsidRDefault="00AA3E2A" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text1"/>
+            <w:bookmarkStart w:id="16" w:name="Text1"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5991,473 +5929,406 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7826" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00CD38D8" w:rsidP="00312D89">
+          </w:tcPr>
+          <w:p w14:paraId="7E2C9D18" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="00000000" w:rsidP="00312D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="right" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4395"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="right" w:pos="9214"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId33" o:title=""/>
+              <w:pict w14:anchorId="56ACB570">
+                <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:384pt;height:43.5pt">
+                  <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId34" w:name="TextBox5" w:shapeid="_x0000_i1066"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA68B7" w:rsidRDefault="00CA68B7">
+    <w:p w14:paraId="0BAEE15D" w14:textId="77777777" w:rsidR="00CA68B7" w:rsidRDefault="00CA68B7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B0179D" w:rsidRDefault="00B0179D">
+    <w:p w14:paraId="4F085DA3" w14:textId="77777777" w:rsidR="00B0179D" w:rsidRDefault="00B0179D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A77AD8" w:rsidRPr="00F332C3" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
+    <w:p w14:paraId="0EFD208B" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="00F332C3" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="right" w:pos="5812"/>
           <w:tab w:val="left" w:pos="6237"/>
           <w:tab w:val="right" w:pos="9214"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F332C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Meldepflicht und Einverständniserklärung</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
+    <w:p w14:paraId="1FD61E4F" w14:textId="77777777" w:rsidR="00A77AD8" w:rsidRPr="007F6EC5" w:rsidRDefault="00A77AD8" w:rsidP="007F6EC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5954"/>
           <w:tab w:val="right" w:pos="9214"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Die Kindertagesstätte muss jede Änderung des Betreuungsumfang, die Beendigung oder das Nichtantr</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">ten des Betreuungsverhältnisses innert einer Woche </w:t>
+        <w:t xml:space="preserve">Die Kindertagesstätte muss jede Änderung des Betreuungsumfang, die Beendigung oder das Nichtantreten des Betreuungsverhältnisses innert einer Woche </w:t>
       </w:r>
       <w:r w:rsidR="007F6EC5" w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r w:rsidR="00F332C3">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F6EC5" w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemeinde </w:t>
       </w:r>
       <w:r w:rsidR="00FE5817">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vitznau</w:t>
       </w:r>
       <w:r w:rsidR="00F332C3">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-        <w:t>Sozialamt</w:t>
+        <w:t>, Sozialamt</w:t>
       </w:r>
       <w:r w:rsidR="007F6EC5" w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> melden</w:t>
-[...7 lines deleted...]
-        <w:t>. Mit der Unterschrift bestätigt die Kindertagesstätte, dass diese Bestätigung vollständig und wahrheitsgetreu</w:t>
+        <w:t xml:space="preserve"> melden. Mit der Unterschrift bestätigt die Kindertagesstätte, dass diese Bestätigung vollständig und wahrheitsgetreu</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>au</w:t>
-[...27 lines deleted...]
-        <w:t>lenden Familie bestehen.</w:t>
+        <w:t>ausgefüllt ist. Zum Zeitpunkt der Antragsstellung muss bereits eine vertragliche Betreuungsvereinbarung mit der gesuchstellenden Familie bestehen.</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6EC5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidRDefault="007F6EC5" w:rsidP="007F6EC5">
+    <w:p w14:paraId="74557DCF" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidRDefault="007F6EC5" w:rsidP="007F6EC5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1782"/>
         <w:gridCol w:w="2896"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="00A96901" w:rsidTr="00F332C3">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="00A96901" w14:paraId="44D39962" w14:textId="77777777" w:rsidTr="00F332C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00A96901" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
+          </w:tcPr>
+          <w:p w14:paraId="0EC8687C" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00A96901" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A96901">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kindertagesstätte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7574" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00A96901" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
+          </w:tcPr>
+          <w:p w14:paraId="395D214F" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00A96901" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00F332C3">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="177128C1" w14:textId="77777777" w:rsidTr="00F332C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
+          </w:tcPr>
+          <w:p w14:paraId="04B01B99" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7574" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
+          </w:tcPr>
+          <w:p w14:paraId="731F6BA2" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w:rsidTr="00F332C3">
+      <w:tr w:rsidR="007F6EC5" w:rsidRPr="007F6EC5" w14:paraId="26246B9F" w14:textId="77777777" w:rsidTr="00F332C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
+          </w:tcPr>
+          <w:p w14:paraId="6B35342D" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ort und Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
+          </w:tcPr>
+          <w:p w14:paraId="731F87CC" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
+          </w:tcPr>
+          <w:p w14:paraId="1BA99B37" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00312D89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
+          </w:tcPr>
+          <w:p w14:paraId="54B45B6E" w14:textId="77777777" w:rsidR="007F6EC5" w:rsidRPr="00312D89" w:rsidRDefault="007F6EC5" w:rsidP="00BF6FF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="00F332C3" w:rsidRDefault="00F332C3" w:rsidP="007F6EC5">
+    <w:p w14:paraId="5E417260" w14:textId="77777777" w:rsidR="00F332C3" w:rsidRDefault="00F332C3" w:rsidP="007F6EC5">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F332C3" w:rsidRDefault="00F332C3" w:rsidP="007F6EC5">
+    <w:p w14:paraId="0FCDAEE2" w14:textId="77777777" w:rsidR="00F332C3" w:rsidRDefault="00F332C3" w:rsidP="007F6EC5">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F332C3" w:rsidRDefault="00F332C3" w:rsidP="007F6EC5">
+    <w:p w14:paraId="60BADE0E" w14:textId="77777777" w:rsidR="00F332C3" w:rsidRDefault="00F332C3" w:rsidP="007F6EC5">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>------------------------</w:t>
       </w:r>
       <w:r w:rsidR="00A856E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>-----------</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>----</w:t>
       </w:r>
       <w:r w:rsidR="00A856E8">
@@ -6471,85 +6342,85 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      ------------------------------</w:t>
       </w:r>
       <w:r w:rsidR="00A856E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>-------</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>---------------</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F332C3" w:rsidSect="00B6699E">
-      <w:headerReference w:type="default" r:id="rId35"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId37"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="737" w:right="1134" w:bottom="851" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005B3089" w:rsidRDefault="005B3089">
+    <w:p w14:paraId="2291C02C" w14:textId="77777777" w:rsidR="00D76C7D" w:rsidRDefault="00D76C7D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005B3089" w:rsidRDefault="005B3089">
+    <w:p w14:paraId="505DDDEA" w14:textId="77777777" w:rsidR="00D76C7D" w:rsidRDefault="00D76C7D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6574,237 +6445,237 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="0000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="42597CC2" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A90811">
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t>/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A90811">
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005B3089" w:rsidRDefault="005B3089">
+    <w:p w14:paraId="46731209" w14:textId="77777777" w:rsidR="00D76C7D" w:rsidRDefault="00D76C7D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005B3089" w:rsidRDefault="005B3089">
+    <w:p w14:paraId="3CB6B51F" w14:textId="77777777" w:rsidR="00D76C7D" w:rsidRDefault="00D76C7D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9354"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A856E8" w:rsidTr="00F62484">
+    <w:tr w:rsidR="00A856E8" w14:paraId="7B1D4F01" w14:textId="77777777" w:rsidTr="00F62484">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="284"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9494" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00F62484">
+        <w:p w14:paraId="271C134E" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00F62484">
           <w:pPr>
             <w:pStyle w:val="Kopfzeile"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A856E8" w:rsidRPr="00F62484" w:rsidRDefault="00A856E8" w:rsidP="00F62484">
+  <w:p w14:paraId="2E6CD7FE" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00F62484" w:rsidRDefault="00A856E8" w:rsidP="00F62484">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00F62484">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60C23ABB" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00F62484">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9354"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A856E8" w:rsidTr="00FE5817">
+    <w:tr w:rsidR="00A856E8" w14:paraId="091FAE18" w14:textId="77777777" w:rsidTr="00FE5817">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1124"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9494" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00F62484">
+        <w:p w14:paraId="16540DF3" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00F62484">
           <w:pPr>
             <w:pStyle w:val="Kopfzeile"/>
           </w:pPr>
-          <w:bookmarkStart w:id="18" w:name="BkmLogo"/>
-          <w:bookmarkEnd w:id="18"/>
+          <w:bookmarkStart w:id="17" w:name="BkmLogo"/>
+          <w:bookmarkEnd w:id="17"/>
           <w:r>
             <w:t>L</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00096BDD"/>
-        <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00210CFB">
+        <w:p w14:paraId="31A7D9FA" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00096BDD"/>
+        <w:p w14:paraId="0F62163A" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00210CFB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6000"/>
             </w:tabs>
           </w:pPr>
           <w:r>
             <w:tab/>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00A856E8" w:rsidRPr="00096BDD" w:rsidRDefault="00A856E8" w:rsidP="00210CFB">
+        <w:p w14:paraId="40FB70B5" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRPr="00096BDD" w:rsidRDefault="00A856E8" w:rsidP="00210CFB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6000"/>
             </w:tabs>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00096BDD">
+  <w:p w14:paraId="1F667622" w14:textId="77777777" w:rsidR="00A856E8" w:rsidRDefault="00A856E8" w:rsidP="00096BDD">
     <w:pPr>
       <w:pStyle w:val="Stufe1"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FCDAD46A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7648,129 +7519,129 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1463381941">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="918566186">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1512455395">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="477067932">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="733234420">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="282344823">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1321272192">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="717977825">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="649752625">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="265966888">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1756973844">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1533610631">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1703628451">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="597258171">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1183976315">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="284"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC774A"/>
     <w:rsid w:val="00040C7C"/>
     <w:rsid w:val="00086713"/>
     <w:rsid w:val="00096BDD"/>
     <w:rsid w:val="000970A0"/>
     <w:rsid w:val="00150DFC"/>
     <w:rsid w:val="00210CFB"/>
     <w:rsid w:val="00274807"/>
     <w:rsid w:val="002A7435"/>
     <w:rsid w:val="002B5AED"/>
     <w:rsid w:val="00312D89"/>
     <w:rsid w:val="003B20FE"/>
     <w:rsid w:val="00414784"/>
     <w:rsid w:val="0046413C"/>
     <w:rsid w:val="00493819"/>
     <w:rsid w:val="004A0F1D"/>
     <w:rsid w:val="004C20E7"/>
     <w:rsid w:val="004D31B9"/>
     <w:rsid w:val="00500AEE"/>
     <w:rsid w:val="00542BC5"/>
     <w:rsid w:val="0059562B"/>
     <w:rsid w:val="005B3089"/>
     <w:rsid w:val="005C0BDC"/>
@@ -7784,129 +7655,177 @@
     <w:rsid w:val="007F6EC5"/>
     <w:rsid w:val="008C1427"/>
     <w:rsid w:val="008D05A4"/>
     <w:rsid w:val="008E424F"/>
     <w:rsid w:val="00956551"/>
     <w:rsid w:val="00962368"/>
     <w:rsid w:val="00971C42"/>
     <w:rsid w:val="00A30D91"/>
     <w:rsid w:val="00A351F4"/>
     <w:rsid w:val="00A461C4"/>
     <w:rsid w:val="00A528AE"/>
     <w:rsid w:val="00A77AD8"/>
     <w:rsid w:val="00A856E8"/>
     <w:rsid w:val="00A90811"/>
     <w:rsid w:val="00A96901"/>
     <w:rsid w:val="00AA3E2A"/>
     <w:rsid w:val="00AA71F5"/>
     <w:rsid w:val="00AB1F9A"/>
     <w:rsid w:val="00AC4A86"/>
     <w:rsid w:val="00AF4B31"/>
     <w:rsid w:val="00AF7230"/>
     <w:rsid w:val="00B0179D"/>
     <w:rsid w:val="00B144CE"/>
     <w:rsid w:val="00B30BA7"/>
     <w:rsid w:val="00B3111C"/>
+    <w:rsid w:val="00B63125"/>
     <w:rsid w:val="00B6699E"/>
     <w:rsid w:val="00B871FF"/>
     <w:rsid w:val="00BF6FF6"/>
     <w:rsid w:val="00CA68B7"/>
     <w:rsid w:val="00CC0048"/>
     <w:rsid w:val="00CC5D93"/>
     <w:rsid w:val="00CD38D8"/>
     <w:rsid w:val="00D0194A"/>
     <w:rsid w:val="00D023A6"/>
     <w:rsid w:val="00D62913"/>
+    <w:rsid w:val="00D76C7D"/>
     <w:rsid w:val="00DC774A"/>
     <w:rsid w:val="00DF5601"/>
     <w:rsid w:val="00E04C04"/>
     <w:rsid w:val="00E15CA3"/>
     <w:rsid w:val="00E97DC8"/>
     <w:rsid w:val="00EB6F58"/>
     <w:rsid w:val="00EC2562"/>
+    <w:rsid w:val="00EC6749"/>
     <w:rsid w:val="00EE7241"/>
     <w:rsid w:val="00F332C3"/>
     <w:rsid w:val="00F62484"/>
     <w:rsid w:val="00F92C37"/>
     <w:rsid w:val="00FE5817"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="23099EF0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{92EF4ED7-36F6-4D9C-AA98-1A3EC2BFF427}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -8078,50 +7997,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Textkrper"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60" w:line="260" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
@@ -8469,231 +8393,63 @@
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:rsid w:val="00A77AD8"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX14.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX8.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX13.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX7.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX10.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX12.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX20.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX6.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX16.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX11.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX15.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX18.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///P:\DocuComposer\Grundvorlagen\Korrespondenz.dot" TargetMode="External"/></Relationships>
-</file>
-[...166 lines deleted...]
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D10-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8931,78 +8687,78 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD20ADCA-91A8-4403-9615-2EB03D59AC33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Korrespondenz.dot</Template>
+  <Template>Korrespondenz</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>273</Words>
-  <Characters>3017</Characters>
+  <Words>365</Words>
+  <Characters>2304</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3284</CharactersWithSpaces>
+  <CharactersWithSpaces>2664</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hruza Peter</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="WPDocSprache">
     <vt:lpwstr>D</vt:lpwstr>
   </property>