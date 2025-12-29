--- v0 (2025-11-04)
+++ v1 (2025-12-29)
@@ -1,520 +1,520 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00BD7965" w:rsidRPr="0072050E" w:rsidRDefault="00875029" w:rsidP="00FE7959">
+    <w:p w14:paraId="23E916C8" w14:textId="77777777" w:rsidR="00BD7965" w:rsidRPr="0072050E" w:rsidRDefault="00875029" w:rsidP="00FE7959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ABA342F" wp14:editId="3470DA86">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70CD2571" wp14:editId="09225624">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>180340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>299085</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3056400" cy="741600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="13" name="Grafik 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="13" name="Grafik 13"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns="" r:embed="rId9"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId9"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3056400" cy="741600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00FE7959">
+    <w:p w14:paraId="401BBCA4" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00FE7959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00FE7959">
+    <w:p w14:paraId="0320AC15" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00FE7959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00FE7959">
+    <w:p w14:paraId="17766691" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00FE7959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002512FC" w:rsidRDefault="00875029" w:rsidP="00FE7959">
+    <w:p w14:paraId="3449805A" w14:textId="77777777" w:rsidR="002512FC" w:rsidRDefault="00875029" w:rsidP="00FE7959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="34DB344B" wp14:editId="5871F743">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="054F60BF" wp14:editId="513F45AB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4324350</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>349250</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2872800" cy="936000"/>
                 <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="217" name="Textfeld 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2872800" cy="936000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                          <w:p w14:paraId="393CF13D" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                             <w:pPr>
                               <w:pStyle w:val="abteilung0"/>
                             </w:pPr>
                             <w:r>
                               <w:t>GemeindeVERWALTUNG</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                          <w:p w14:paraId="71FF80A8" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                             <w:pPr>
                               <w:pStyle w:val="kamm"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Adresse</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:id w:val="-1589612544"/>
                                 <w:placeholder>
                                   <w:docPart w:val="FDC2D0612F654A41ABA411B31FC915CC"/>
                                 </w:placeholder>
                                 <w:dropDownList>
                                   <w:listItem w:displayText="Dorfplatz 6, 6354 Vitznau" w:value="Dorfplatz 6, 6354 Vitznau"/>
                                   <w:listItem w:displayText="Primarschulhaus, Rigiweg 1, 6354 Vitznau" w:value="Primarschulhaus, Rigiweg 1, 6354 Vitznau"/>
                                   <w:listItem w:displayText="Werkhof, Zihlstrasse 6, 6354 Vitznau" w:value="Werkhof, Zihlstrasse 6, 6354 Vitznau"/>
                                 </w:dropDownList>
                               </w:sdtPr>
                               <w:sdtContent>
                                 <w:r>
                                   <w:t>Dorfplatz 6, 6354 Vitznau</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
-                          <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                          <w:p w14:paraId="71F7A284" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                             <w:pPr>
                               <w:pStyle w:val="kamm"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Abteilung</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:id w:val="-553320982"/>
                                 <w:placeholder>
                                   <w:docPart w:val="FDC2D0612F654A41ABA411B31FC915CC"/>
                                 </w:placeholder>
                                 <w:dropDownList>
                                   <w:listItem w:displayText="AHV-Zweigstelle" w:value="AHV-Zweigstelle"/>
                                   <w:listItem w:displayText="Bauamt" w:value="Bauamt"/>
                                   <w:listItem w:displayText="Bildung" w:value="Bildung"/>
                                   <w:listItem w:displayText="Buchhaltung" w:value="Buchhaltung"/>
                                   <w:listItem w:displayText="Einwohnerkontrolle" w:value="Einwohnerkontrolle"/>
                                   <w:listItem w:displayText="Gemeindekanzlei" w:value="Gemeindekanzlei"/>
                                   <w:listItem w:displayText="Hausdienst" w:value="Hausdienst"/>
                                   <w:listItem w:displayText="Infrastruktur" w:value="Infrastruktur"/>
                                   <w:listItem w:displayText="Kultur" w:value="Kultur"/>
                                   <w:listItem w:displayText="Sondersteuern" w:value="Sondersteuern"/>
                                   <w:listItem w:displayText="Sozialamt" w:value="Sozialamt"/>
                                   <w:listItem w:displayText="Teilungsamt" w:value="Teilungsamt"/>
                                   <w:listItem w:displayText="Werkdienst" w:value="Werkdienst"/>
                                 </w:dropDownList>
                               </w:sdtPr>
                               <w:sdtContent>
                                 <w:r>
                                   <w:t>Gemeindekanzlei</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
-                          <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                          <w:p w14:paraId="44229AF6" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                             <w:pPr>
                               <w:pStyle w:val="kamm"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Tel.</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                               <w:t>041 399 02 20</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                          <w:p w14:paraId="7E9FB6B1" w14:textId="1B2110E2" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                             <w:pPr>
                               <w:pStyle w:val="kamm"/>
                             </w:pPr>
                             <w:r>
                               <w:t>E-Mail</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
-                              <w:t>gemeindeverwaltung@vitznau.lu.ch</w:t>
+                              <w:t>gemeindeverwaltung@vitznau.ch</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="34DB344B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="054F60BF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:340.5pt;margin-top:27.5pt;width:226.2pt;height:73.7pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdQ29UAAIAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0DYz4hRduw4D&#10;ugvQ9gMYWY6FSaImKbGzrx8lJ2mwvRV7ESiRPOQ5pJbXo9FsJ31QaBs+n5WcSSuwVXbT8Oen+3cL&#10;zkIE24JGKxu+l4Ffr96+WQ6ulhX2qFvpGYHYUA+u4X2Mri6KIHppIMzQSUvODr2BSFe/KVoPA6Eb&#10;XVRleVkM6FvnUcgQ6PVucvJVxu86KeL3rgsyMt1w6i3m0+dznc5itYR648H1ShzagFd0YUBZKnqC&#10;uoMIbOvVP1BGCY8BuzgTaArsOiVk5kBs5uVfbB57cDJzIXGCO8kU/h+s+Lb74ZlqG17NrzizYGhI&#10;T3KMndQtq5I+gws1hT06CozjRxxpzplrcA8ofgZm8bYHu5E33uPQS2ipv3nKLM5SJ5yQQNbDV2yp&#10;DGwjZqCx8yaJR3IwQqc57U+zoVaYoMdqcVUtSnIJ8n14f1mSnUpAfcx2PsTPEg1LRsM9zT6jw+4h&#10;xCn0GJKKWbxXWtM71NqygUAvqouccOYxKtJ6amUaTsUPNaFOJD/ZNidHUHqyqRdtD6wT0YlyHNcj&#10;BSYp1tjuib/HaQ3p25DRo//N2UAr2PDwawtecqa/WNIw7evR8EdjfTTACkpteORsMm9j3uuJ2w1p&#10;26lM+6XyoTdapSzcYe3Trp7fc9TL51z9AQAA//8DAFBLAwQUAAYACAAAACEA7o6Q8OEAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidtI1KiFNVCE5IiDQcODrxNrEar0Ps&#10;tuHvcU9wGq1mNPum2M52YGecvHEkIVkIYEit04Y6CZ/168MGmA+KtBocoYQf9LAtb28KlWt3oQrP&#10;+9CxWEI+VxL6EMacc9/2aJVfuBEpegc3WRXiOXVcT+oSy+3AUyEybpWh+KFXIz732B73Jyth90XV&#10;i/l+bz6qQ2Xq+lHQW3aU8v5u3j0BCziHvzBc8SM6lJGpcSfSng0Ssk0StwQJ63XUayBZLlfAGgmp&#10;SFfAy4L/31D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ1Db1QAAgAA5AMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO6OkPDhAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAWgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:340.5pt;margin-top:27.5pt;width:226.2pt;height:73.7pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqZUTy6wEAAL0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ0C4z4hRduw4D&#10;ugvQ9QMUWY6FSaJGKbGzrx8l22mxvRV7ESiRPOQ5pDZXgzXsqDBocDVfLkrOlJPQaLev+eOPuzdr&#10;zkIUrhEGnKr5SQV+tX39atP7Sq2gA9MoZATiQtX7mncx+qooguyUFWEBXjlytoBWRLrivmhQ9IRu&#10;TbEqy8uiB2w8glQh0Ovt6OTbjN+2SsZvbRtUZKbm1FvMJ+Zzl85iuxHVHoXvtJzaEC/owgrtqOgZ&#10;6lZEwQ6o/4GyWiIEaONCgi2gbbVUmQOxWZZ/sXnohFeZC4kT/Fmm8P9g5dfjg/+OLA4fYKABZhLB&#10;34P8GZiDm064vbpGhL5ToqHCyyRZ0ftQTalJ6lCFBLLrv0BDQxaHCBloaNEmVYgnI3QawOksuhoi&#10;k/S4Wr9brUtySfK9f3tZkp1KiGrO9hjiJwWWJaPmSEPN6OJ4H+IYOoekYg7utDF5sMaxnkAvVhc5&#10;4ZnH6kh7Z7StORWfaooqkfzompwchTajTb0YN7FOREfKcdgNFJjY76A5EX+Ecb/oP5DRAf7mrKfd&#10;qnn4dRCoODOfHWmYFnE2cDZ2syGcpNSaR85G8ybmhR25XZO2rc60nypPvdGOZOGmfU5L+Pyeo55+&#10;3fYPAAAA//8DAFBLAwQUAAYACAAAACEA7o6Q8OEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3KidtI1KiFNVCE5IiDQcODrxNrEar0PstuHvcU9wGq1mNPum2M52YGecvHEk&#10;IVkIYEit04Y6CZ/168MGmA+KtBocoYQf9LAtb28KlWt3oQrP+9CxWEI+VxL6EMacc9/2aJVfuBEp&#10;egc3WRXiOXVcT+oSy+3AUyEybpWh+KFXIz732B73Jyth90XVi/l+bz6qQ2Xq+lHQW3aU8v5u3j0B&#10;CziHvzBc8SM6lJGpcSfSng0Ssk0StwQJ63XUayBZLlfAGgmpSFfAy4L/31D+AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAKplRPLrAQAAvQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAO6OkPDhAAAACwEAAA8AAAAAAAAAAAAAAAAARQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                    <w:p w14:paraId="393CF13D" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                       <w:pPr>
                         <w:pStyle w:val="abteilung0"/>
                       </w:pPr>
                       <w:r>
                         <w:t>GemeindeVERWALTUNG</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                    <w:p w14:paraId="71FF80A8" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                       <w:pPr>
                         <w:pStyle w:val="kamm"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Adresse</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:id w:val="-1589612544"/>
                           <w:placeholder>
                             <w:docPart w:val="FDC2D0612F654A41ABA411B31FC915CC"/>
                           </w:placeholder>
                           <w:dropDownList>
                             <w:listItem w:displayText="Dorfplatz 6, 6354 Vitznau" w:value="Dorfplatz 6, 6354 Vitznau"/>
                             <w:listItem w:displayText="Primarschulhaus, Rigiweg 1, 6354 Vitznau" w:value="Primarschulhaus, Rigiweg 1, 6354 Vitznau"/>
                             <w:listItem w:displayText="Werkhof, Zihlstrasse 6, 6354 Vitznau" w:value="Werkhof, Zihlstrasse 6, 6354 Vitznau"/>
                           </w:dropDownList>
                         </w:sdtPr>
                         <w:sdtContent>
                           <w:r>
                             <w:t>Dorfplatz 6, 6354 Vitznau</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
-                    <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                    <w:p w14:paraId="71F7A284" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                       <w:pPr>
                         <w:pStyle w:val="kamm"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Abteilung</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:id w:val="-553320982"/>
                           <w:placeholder>
                             <w:docPart w:val="FDC2D0612F654A41ABA411B31FC915CC"/>
                           </w:placeholder>
                           <w:dropDownList>
                             <w:listItem w:displayText="AHV-Zweigstelle" w:value="AHV-Zweigstelle"/>
                             <w:listItem w:displayText="Bauamt" w:value="Bauamt"/>
                             <w:listItem w:displayText="Bildung" w:value="Bildung"/>
                             <w:listItem w:displayText="Buchhaltung" w:value="Buchhaltung"/>
                             <w:listItem w:displayText="Einwohnerkontrolle" w:value="Einwohnerkontrolle"/>
                             <w:listItem w:displayText="Gemeindekanzlei" w:value="Gemeindekanzlei"/>
                             <w:listItem w:displayText="Hausdienst" w:value="Hausdienst"/>
                             <w:listItem w:displayText="Infrastruktur" w:value="Infrastruktur"/>
                             <w:listItem w:displayText="Kultur" w:value="Kultur"/>
                             <w:listItem w:displayText="Sondersteuern" w:value="Sondersteuern"/>
                             <w:listItem w:displayText="Sozialamt" w:value="Sozialamt"/>
                             <w:listItem w:displayText="Teilungsamt" w:value="Teilungsamt"/>
                             <w:listItem w:displayText="Werkdienst" w:value="Werkdienst"/>
                           </w:dropDownList>
                         </w:sdtPr>
                         <w:sdtContent>
                           <w:r>
                             <w:t>Gemeindekanzlei</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
-                    <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                    <w:p w14:paraId="44229AF6" w14:textId="77777777" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                       <w:pPr>
                         <w:pStyle w:val="kamm"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Tel.</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                         <w:t>041 399 02 20</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
+                    <w:p w14:paraId="7E9FB6B1" w14:textId="1B2110E2" w:rsidR="00875029" w:rsidRDefault="00875029" w:rsidP="00875029">
                       <w:pPr>
                         <w:pStyle w:val="kamm"/>
                       </w:pPr>
                       <w:r>
                         <w:t>E-Mail</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
-                        <w:t>gemeindeverwaltung@vitznau.lu.ch</w:t>
+                        <w:t>gemeindeverwaltung@vitznau.ch</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRPr="00FA4882" w:rsidRDefault="00FE7959" w:rsidP="00FE7959">
+    <w:p w14:paraId="02CDC59B" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRPr="00FA4882" w:rsidRDefault="00FE7959" w:rsidP="00FE7959">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA4882">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesuch </w:t>
       </w:r>
       <w:r w:rsidR="0024429D" w:rsidRPr="00FA4882">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Feuerwerk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="00FE7959">
+    <w:p w14:paraId="2B2274AC" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="00FE7959">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA4882" w:rsidRPr="00BD35E9" w:rsidRDefault="00FA4882" w:rsidP="00FE7959">
+    <w:p w14:paraId="63E2A827" w14:textId="77777777" w:rsidR="00FA4882" w:rsidRPr="00BD35E9" w:rsidRDefault="00FA4882" w:rsidP="00FE7959">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="0039051F">
+    <w:p w14:paraId="0959BD75" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Gesuchsteller</w:t>
       </w:r>
       <w:r w:rsidR="005E3ECE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -535,95 +535,93 @@
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...35 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00BD35E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD35E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD35E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD35E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD35E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRDefault="00FE7959" w:rsidP="0039051F">
+    <w:p w14:paraId="52C5EA73" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRDefault="00FE7959" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Anlass</w:t>
       </w:r>
       <w:r w:rsidR="00E4367F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -681,51 +679,51 @@
       <w:r w:rsidR="00A72C93">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A72C93">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A72C93">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRDefault="0039051F" w:rsidP="00B104BB">
+    <w:p w14:paraId="0DC0196B" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRDefault="0039051F" w:rsidP="00B104BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Orts</w:t>
       </w:r>
       <w:r w:rsidR="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -787,73 +785,73 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="009E5EC0" w:rsidRDefault="00B104BB" w:rsidP="0039051F">
+    <w:p w14:paraId="1D9BD6F8" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="009E5EC0" w:rsidRDefault="00B104BB" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5EC0">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(Feuerwerk vom See benötigt eine Bewilligung vom Kanton)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039051F" w:rsidRPr="00BD35E9" w:rsidRDefault="0039051F" w:rsidP="0039051F">
+    <w:p w14:paraId="7E92AB4D" w14:textId="77777777" w:rsidR="0039051F" w:rsidRPr="00BD35E9" w:rsidRDefault="0039051F" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Adresse</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -909,51 +907,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="0039051F">
+    <w:p w14:paraId="5BC2A68D" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Abbrenndauer</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -1015,51 +1013,51 @@
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00BD35E9" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00BD35E9" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BD35E9" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Minuten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="0039051F">
+    <w:p w14:paraId="557C598B" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Abbrennzeit</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -1204,51 +1202,51 @@
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00920F0F" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00920F0F" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00920F0F" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uhr</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
+    <w:p w14:paraId="1E842009" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Kategorie</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -1304,51 +1302,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="0039051F">
+    <w:p w14:paraId="4DCDBA62" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Material</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -1404,51 +1402,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E5EC0" w:rsidRDefault="00B104BB" w:rsidP="0039051F">
+    <w:p w14:paraId="68741585" w14:textId="77777777" w:rsidR="009E5EC0" w:rsidRDefault="00B104BB" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Haftpflichtv</w:t>
       </w:r>
       <w:r w:rsidR="00FE7959" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -1523,51 +1521,51 @@
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FE7959" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009E5EC0">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E5EC0" w:rsidRPr="009E5EC0">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(Bestätigung beilegen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B104BB" w:rsidRPr="00BD35E9" w:rsidRDefault="00B104BB" w:rsidP="0039051F">
+    <w:p w14:paraId="486A79F0" w14:textId="77777777" w:rsidR="00B104BB" w:rsidRPr="00BD35E9" w:rsidRDefault="00B104BB" w:rsidP="0039051F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B104BB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Versicherungssumme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -1623,96 +1621,96 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA4882" w:rsidRPr="00BD35E9" w:rsidRDefault="00FA4882" w:rsidP="00BD35E9">
+    <w:p w14:paraId="37D4D83C" w14:textId="77777777" w:rsidR="00FA4882" w:rsidRPr="00BD35E9" w:rsidRDefault="00FA4882" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA4882" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="00BD35E9">
+    <w:p w14:paraId="7B784CC9" w14:textId="77777777" w:rsidR="00FA4882" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Kontaktper</w:t>
       </w:r>
       <w:r w:rsidR="00BD35E9" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>son</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="00BD35E9">
+    <w:p w14:paraId="5126B6CD" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Name, Vorname</w:t>
       </w:r>
       <w:r w:rsidR="005530A9" w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1766,51 +1764,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="00BD35E9">
+    <w:p w14:paraId="553FB302" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRPr="00BD35E9" w:rsidRDefault="00FE7959" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Strasse, PLZ Ort</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1864,51 +1862,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRDefault="00FE7959" w:rsidP="00BD35E9">
+    <w:p w14:paraId="07C33A15" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRDefault="00FE7959" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Telefonnummer</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1962,51 +1960,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F311B4" w:rsidRPr="00BD35E9" w:rsidRDefault="00F311B4" w:rsidP="00BD35E9">
+    <w:p w14:paraId="6797EFC0" w14:textId="77777777" w:rsidR="00F311B4" w:rsidRPr="00BD35E9" w:rsidRDefault="00F311B4" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>E-Mail-Adresse</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2060,67 +2058,67 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE71AD" w:rsidRDefault="00FE71AD" w:rsidP="00BD35E9">
+    <w:p w14:paraId="4AD57476" w14:textId="77777777" w:rsidR="00FE71AD" w:rsidRDefault="00FE71AD" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE7959" w:rsidRDefault="00920F0F" w:rsidP="00FE71AD">
+    <w:p w14:paraId="79E1B94A" w14:textId="77777777" w:rsidR="00FE7959" w:rsidRDefault="00920F0F" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="right" w:leader="dot" w:pos="4253"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="6096"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Ort, Datum</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2128,67 +2126,67 @@
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
+    <w:p w14:paraId="638E57B2" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
+    <w:p w14:paraId="66C745C4" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Rechnungsadresse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2199,51 +2197,51 @@
       <w:r w:rsidRPr="00E4367F">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(wenn gleich wie Kontaktperson</w:t>
       </w:r>
       <w:r w:rsidR="009E5EC0" w:rsidRPr="00E4367F">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E5EC0" w:rsidRPr="00E4367F">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r w:rsidRPr="00E4367F">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> leer lassen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
+    <w:p w14:paraId="05CC64F2" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Name, Vorname</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2297,51 +2295,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
+    <w:p w14:paraId="0D494B3E" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Strasse, PLZ Ort</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2395,51 +2393,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
+    <w:p w14:paraId="4FD84D42" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00BD35E9" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Telefonnummer</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2493,280 +2491,279 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD35E9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00FE71AD" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
+    <w:p w14:paraId="3818BE9C" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00FE71AD" w:rsidRDefault="00BD35E9" w:rsidP="00BD35E9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00920F0F" w:rsidRPr="00FE71AD" w:rsidRDefault="00920F0F" w:rsidP="00920F0F">
+    <w:p w14:paraId="28553426" w14:textId="77777777" w:rsidR="00920F0F" w:rsidRPr="00FE71AD" w:rsidRDefault="00920F0F" w:rsidP="00920F0F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00920F0F" w:rsidRPr="00FE71AD" w:rsidRDefault="00FE7959" w:rsidP="00FE71AD">
+    <w:p w14:paraId="67BE6899" w14:textId="77777777" w:rsidR="00920F0F" w:rsidRPr="00FE71AD" w:rsidRDefault="00FE7959" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gesuch senden an:</w:t>
       </w:r>
       <w:r w:rsidR="00FE71AD" w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FE71AD" w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>oder per E-Mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00920F0F" w:rsidRPr="00FE71AD" w:rsidRDefault="00FE7959" w:rsidP="00FE71AD">
+    <w:p w14:paraId="0EBFAAC6" w14:textId="77777777" w:rsidR="00920F0F" w:rsidRPr="00FE71AD" w:rsidRDefault="00FE7959" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Gemeindekanzlei Vitznau</w:t>
       </w:r>
       <w:r w:rsidR="00FE71AD" w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00FE71AD" w:rsidRPr="00FE71AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>gemeindeverwaltung@vitznau.lu.ch</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00920F0F" w:rsidRPr="00FE71AD" w:rsidRDefault="00FE7959" w:rsidP="00FE71AD">
+    <w:p w14:paraId="6A0724B3" w14:textId="77777777" w:rsidR="00920F0F" w:rsidRPr="00FE71AD" w:rsidRDefault="00FE7959" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dorfplatz 6</w:t>
       </w:r>
       <w:r w:rsidR="00FE71AD" w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FE71AD" w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Formular Original eingescannt)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002512FC" w:rsidRPr="00FE71AD" w:rsidRDefault="00920F0F" w:rsidP="00FE71AD">
+    <w:p w14:paraId="2F17DEC4" w14:textId="77777777" w:rsidR="002512FC" w:rsidRPr="00FE71AD" w:rsidRDefault="00920F0F" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE71AD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6354 Vitznau</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00FE71AD" w:rsidRDefault="00BD35E9" w:rsidP="00FE71AD">
+    <w:p w14:paraId="41C9C2B8" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00FE71AD" w:rsidRDefault="00BD35E9" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE71AD" w:rsidRPr="00FE71AD" w:rsidRDefault="00FE71AD" w:rsidP="00FE71AD">
+    <w:p w14:paraId="743FEB8D" w14:textId="77777777" w:rsidR="00FE71AD" w:rsidRPr="00FE71AD" w:rsidRDefault="00FE71AD" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD35E9" w:rsidRPr="00EB74AB" w:rsidRDefault="00FE71AD" w:rsidP="00FE71AD">
+    <w:p w14:paraId="533C70D7" w14:textId="77777777" w:rsidR="00BD35E9" w:rsidRPr="00EB74AB" w:rsidRDefault="00FE71AD" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB74AB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Beilagen:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE71AD" w:rsidRPr="00EB74AB" w:rsidRDefault="00EB74AB" w:rsidP="00FE71AD">
+    <w:p w14:paraId="50C1C23E" w14:textId="77777777" w:rsidR="00FE71AD" w:rsidRPr="00EB74AB" w:rsidRDefault="00EB74AB" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidR="00FE71AD" w:rsidRPr="00EB74AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Versicherungsnachweis Haftpflicht</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE71AD" w:rsidRPr="00EB74AB" w:rsidRDefault="00EB74AB" w:rsidP="00FE71AD">
+    <w:p w14:paraId="3445B212" w14:textId="77777777" w:rsidR="00FE71AD" w:rsidRPr="00EB74AB" w:rsidRDefault="00EB74AB" w:rsidP="00FE71AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidR="00FE71AD" w:rsidRPr="00EB74AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fähigkeitszeugnis der zuständigen </w:t>
       </w:r>
       <w:r>
@@ -2776,235 +2773,234 @@
         </w:rPr>
         <w:t>Fachp</w:t>
       </w:r>
       <w:r w:rsidR="00FE71AD" w:rsidRPr="00EB74AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>erson</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE71AD" w:rsidRPr="00EB74AB" w:rsidSect="00C41DAF">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE7959" w:rsidRDefault="00FE7959">
+    <w:p w14:paraId="3D43ECF6" w14:textId="77777777" w:rsidR="00F82ABF" w:rsidRDefault="00F82ABF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE7959" w:rsidRDefault="00FE7959">
+    <w:p w14:paraId="2EED404D" w14:textId="77777777" w:rsidR="00F82ABF" w:rsidRDefault="00F82ABF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:id w:val="1448973002"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00C41DAF" w:rsidRPr="00C41DAF" w:rsidRDefault="00C41DAF" w:rsidP="00C41DAF">
+      <w:p w14:paraId="279C8ADD" w14:textId="77777777" w:rsidR="00C41DAF" w:rsidRPr="00C41DAF" w:rsidRDefault="00C41DAF" w:rsidP="00C41DAF">
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00C41DAF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00C41DAF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00C41DAF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E4367F" w:rsidRPr="00E4367F">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00C41DAF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE7959" w:rsidRDefault="00FE7959">
+    <w:p w14:paraId="0EBF91BB" w14:textId="77777777" w:rsidR="00F82ABF" w:rsidRDefault="00F82ABF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE7959" w:rsidRDefault="00FE7959">
+    <w:p w14:paraId="3574C016" w14:textId="77777777" w:rsidR="00F82ABF" w:rsidRDefault="00F82ABF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00DA77AB" w:rsidRPr="00045BE7" w:rsidRDefault="00DA77AB" w:rsidP="00045BE7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A6CF2C3" w14:textId="77777777" w:rsidR="00DA77AB" w:rsidRPr="00045BE7" w:rsidRDefault="00DA77AB" w:rsidP="00045BE7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="455937B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C70EDCD2"/>
     <w:lvl w:ilvl="0" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3101,106 +3097,109 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1737390558">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE7959"/>
     <w:rsid w:val="00045BE7"/>
     <w:rsid w:val="000A2AFD"/>
     <w:rsid w:val="000E7425"/>
     <w:rsid w:val="000F2DC9"/>
     <w:rsid w:val="001220F2"/>
     <w:rsid w:val="00152359"/>
     <w:rsid w:val="001655C5"/>
     <w:rsid w:val="00174627"/>
+    <w:rsid w:val="001835B1"/>
     <w:rsid w:val="00211F89"/>
     <w:rsid w:val="002313A9"/>
     <w:rsid w:val="00231893"/>
     <w:rsid w:val="0024429D"/>
     <w:rsid w:val="002512FC"/>
     <w:rsid w:val="00321421"/>
     <w:rsid w:val="0032524B"/>
     <w:rsid w:val="0039051F"/>
     <w:rsid w:val="003B0004"/>
     <w:rsid w:val="003D054B"/>
     <w:rsid w:val="003D3713"/>
     <w:rsid w:val="00486B45"/>
     <w:rsid w:val="00491F67"/>
     <w:rsid w:val="004E6096"/>
+    <w:rsid w:val="005258CD"/>
     <w:rsid w:val="005530A9"/>
     <w:rsid w:val="00592D13"/>
     <w:rsid w:val="005B6BA4"/>
     <w:rsid w:val="005D7B75"/>
     <w:rsid w:val="005E3ECE"/>
     <w:rsid w:val="005F1E22"/>
     <w:rsid w:val="006133B2"/>
     <w:rsid w:val="00614502"/>
     <w:rsid w:val="00643AAD"/>
     <w:rsid w:val="00665C7D"/>
     <w:rsid w:val="006B2518"/>
     <w:rsid w:val="0072050E"/>
     <w:rsid w:val="00736CE1"/>
     <w:rsid w:val="00795FEC"/>
     <w:rsid w:val="007F638E"/>
     <w:rsid w:val="00801C5D"/>
     <w:rsid w:val="00842A2F"/>
     <w:rsid w:val="0086524A"/>
     <w:rsid w:val="00875029"/>
     <w:rsid w:val="00883542"/>
     <w:rsid w:val="008A449F"/>
     <w:rsid w:val="008E1917"/>
     <w:rsid w:val="00920F0F"/>
     <w:rsid w:val="00926E28"/>
     <w:rsid w:val="0095364E"/>
@@ -3210,97 +3209,98 @@
     <w:rsid w:val="00A22213"/>
     <w:rsid w:val="00A72C93"/>
     <w:rsid w:val="00AD5E68"/>
     <w:rsid w:val="00AE66A4"/>
     <w:rsid w:val="00B104BB"/>
     <w:rsid w:val="00B108BD"/>
     <w:rsid w:val="00BD35E9"/>
     <w:rsid w:val="00BD7965"/>
     <w:rsid w:val="00C41DAF"/>
     <w:rsid w:val="00C4493E"/>
     <w:rsid w:val="00CA05FB"/>
     <w:rsid w:val="00CA1EFA"/>
     <w:rsid w:val="00CF3A59"/>
     <w:rsid w:val="00D50C03"/>
     <w:rsid w:val="00D6674B"/>
     <w:rsid w:val="00DA77AB"/>
     <w:rsid w:val="00DB618F"/>
     <w:rsid w:val="00DC2502"/>
     <w:rsid w:val="00E4367F"/>
     <w:rsid w:val="00E70332"/>
     <w:rsid w:val="00EB5EFB"/>
     <w:rsid w:val="00EB74AB"/>
     <w:rsid w:val="00F047CC"/>
     <w:rsid w:val="00F311B4"/>
     <w:rsid w:val="00F348DC"/>
+    <w:rsid w:val="00F82ABF"/>
     <w:rsid w:val="00F91E65"/>
     <w:rsid w:val="00FA4882"/>
     <w:rsid w:val="00FB67CA"/>
     <w:rsid w:val="00FE71AD"/>
     <w:rsid w:val="00FE7959"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="654C4B67"/>
+  <w14:docId w14:val="7C860850"/>
   <w15:docId w15:val="{00853686-58AA-4131-960A-36EB2ABAA8CB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3621,50 +3621,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -3830,231 +3835,240 @@
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="kamm">
     <w:name w:val="_kamm"/>
     <w:basedOn w:val="Standard"/>
     <w:qFormat/>
     <w:rsid w:val="00875029"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1418"/>
       </w:tabs>
       <w:spacing w:line="184" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
       <w:sz w:val="15"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gemeindeverwaltung@vitznau.lu.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gemeindeverwaltung@vitznau.lu.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FDC2D0612F654A41ABA411B31FC915CC"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8545DA13-3BAC-40C0-8EEF-91597A89C5C8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="004A3BBE" w:rsidP="004A3BBE">
+        <w:p w:rsidR="00134D7A" w:rsidRDefault="004A3BBE" w:rsidP="004A3BBE">
           <w:pPr>
             <w:pStyle w:val="FDC2D0612F654A41ABA411B31FC915CC"/>
           </w:pPr>
           <w:r w:rsidRPr="008F4AD8">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A3BBE"/>
+    <w:rsid w:val="001275B2"/>
+    <w:rsid w:val="00134D7A"/>
+    <w:rsid w:val="001835B1"/>
     <w:rsid w:val="004A3BBE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4382,101 +4396,106 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004A3BBE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FDC2D0612F654A41ABA411B31FC915CC">
     <w:name w:val="FDC2D0612F654A41ABA411B31FC915CC"/>
     <w:rsid w:val="004A3BBE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -4741,70 +4760,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65443E65-D4C3-4A8E-888B-FF079B27BADE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>156</Words>
-  <Characters>988</Characters>
+  <Characters>987</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Einwohnerkontrolle</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HGKZ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1142</CharactersWithSpaces>
+  <CharactersWithSpaces>1141</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Einwohnerkontrolle</dc:title>
   <dc:creator>Angela Zimmermann</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>